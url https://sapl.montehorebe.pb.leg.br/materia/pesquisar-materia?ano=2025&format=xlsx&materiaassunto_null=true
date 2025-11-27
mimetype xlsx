--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="534" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="734" uniqueCount="341">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -199,50 +199,100 @@
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_municipal_no_0132025-.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Monte_x000D_
 Horebe do Estado da Paraíba do Sistema Nacional_x000D_
 de Segurança Alimentar- SISAN, define os_x000D_
 parâmetros para elaboração e implementação do_x000D_
 Plano Municipal de Segurança Alimentar e_x000D_
 Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_municipal_no_0142025_-_cria_o_conselho_de_seguranca_publica.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE_x000D_
 SEGURANÇA PÚBLICA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_lei_municipal_no_0332025_-__assistente_de_alfabetizacao_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA VOLUNTÁRIO DE_x000D_
+ASSISTENTE DE APOIO À ALFABETIZAÇÃO,_x000D_
+DENTRO DO PROJETO MONTE HOREBE,_x000D_
+CIDADE ALFABETIZADORA, E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_municipal_no_035-_conselho_tutelar_-_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS_x000D_
+DOS MEMBROS DO CONSELHO TUTELAR DO_x000D_
+MUNICÍPIO DE MONTE HOREBE, ESTADO DA_x000D_
+PARAÍBA, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_de_lei_municipal_no_0362025_-_componente_de_qualidade_-_sh.pdf</t>
+  </si>
+  <si>
+    <t>REGULAMENTA NO ÂMBITO DO MUNICÍPIO DE_x000D_
+MONTE HOREBE/PB, O INCENTIVO DO COMPONENTE_x000D_
+DE QUALIDADE ESTABELECIDO PELA PORTARIA_x000D_
+GM/MS Nº 3.493/2024, DESTINADO ÀS EQUIPES DA_x000D_
+ESTRATÉGIA DE SAÚDE DA FAMILIA (ESF/ACS),_x000D_
+ESTRATÉGIA DE SAÚDE BUCAL (ESB) E EQUIPE_x000D_
+MULTIPROFISSIONAL (EMULTI) DA ATENÇÃO_x000D_
+PRIMÁRIA À SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>212</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>JÚNIOR GUARITA</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DECLARAÇÃO DE MARGEM CONSIGNÁVEL DE 40% (QUARENTA POR CENTO) NAS CONTRATAÇÕES E RENOVAÇÕES DE CRÉDITO CONSIGNADO PARA OS VEREADORES DA CÂMARA MUNICIPAL DE MONTE HOREBE/PB.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>PEDRO DE BEBEU</t>
@@ -547,80 +597,71 @@
   <si>
     <t>239</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Reivindica do Poder Executivo, através do seu titular a Senhora Prefeita Milena Karen Tavares Nogueira, a construção do calçamento de um trecho de 2 (dois) metros da Rua Cícero Joaquim de Albuquerque, neste município de Monte Horebe.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_032_pedro.docx</t>
   </si>
   <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, à aquisição de uma ENSILADEIRA para atender os agricultores de Monte Horebe, no estado da Paraíba</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, que seja disponibilizado implementos agrícolas para as associações, como maquinas de pulverização.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a perfuração de um poço artesiano no sítio Olho d Água no município de Monte Horebe/PB.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>Reivindica do Poder Executivo, através do seu titular a Senhora Prefeita Milena Karen Tavares Nogueira, a doação de árvores frutíferas para os moradores da área onde as árvores foram removidas em decorrência das obras de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>Reivindica do Poder Executivo, através do seu titular a Senhora Prefeita Milena Karen Tavares Nogueira, a denominação de uma rua do município com o nome de ALVACI DIAS CAVALCANTE.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a construção de CALÇAMENTO na área em frente à escola do Sítio Braga Município de Monte Horebe/PB.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_039_jefson.docx</t>
   </si>
   <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a aquisição de aparelhos de ar condicionado para a Escola Municipal Joaquim Barbosa dos Santos no Sítio Braga Município de Monte Horebe/PB.</t>
   </si>
   <si>
     <t>248</t>
@@ -718,66 +759,309 @@
   <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a construção de uma passagem molhada (ponte/atravessia) na lateral do poço de João Pereira, localizado no Sítio Gravatar, Município de Monte Horebe, Estado da Paraíba.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a construção de uma lombada na Rua José Basílio Braga, na lateral do frigorífico de Epitácio Pessoa, neste Município de Monte Horebe, Estado da Paraíba.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_051_juninho_da_farmacia.docx</t>
   </si>
   <si>
     <t>Reivindica no uso de suas atribuições legais e regimentais, vem solicitar ao representante legal do DER (Departamento de Estradas de Rodagem) a implantação de redutores de velocidade (lombadas e/ou tipo tartarugas), em pontos principais da PB-400 especificamente na Estrada entre Monte Horebe e Bonito de Santa Fe ,na Entrada que dá acesso a Dois Sitios , Sítio Boa Vista e Sítio Ribeiro, visto que já ocorreram vários acidentes na mesma Entrada por se Encontrar em um Declive e dificulta a Visibilidade de quem faz o acesso à esses sítios .</t>
   </si>
   <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_059_edigley.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a implantação e/ou ampliação do serviço de coleta regular de lixo domiciliar nas áreas de sítios e comunidades rurais do município.</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_060_edigley.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a doação de mudas de Raquete de Palma Forrageira  para os agricultores do Município</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_061_juninho_da_farmacia.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, que seja concedido o Título de Cidadão Horebense ao senhor MANOEL JOÃO DOS SANTOS.</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>CABO SULA</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, que seja concedido o Título de Cidadão Horebense a senhora IRACY DE SOUSA CAVALCANTI.</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_063_cabo_sula.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, que seja concedido o Título de Cidadão Horebense a Dra. LIZ MAGALHÃES.</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, que seja concedido o Título de Cidadão Horebense ao ilustre morador e prestador de serviços, SENHOR FRANCISCO SOARES DOS SANTOS, popularmente conhecido como “Seu Chico do Trato”.</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/269/requerimento_065_dalva.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, que seja concedido o Título de Cidadão Horebense à ilustre moradora e empresária, Senhora Ana Maria Caetano Pereira, carinhosamente conhecida como “Ana de Jario”.</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_066_dalva.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através do seu titular a Senhora Prefeita Milena Karen Tavares Nogueira, a construção de uma PRAÇA COM ACADEMIA DE MUSCULAÇÃO AO AR LIVRE na localidade da saída para o Sítio Braga, mais especificamente entre a residência do Senhor Marconde (taxista) e a residência da Senhora Edileusa, em frente à casa da Senhora Valquíria</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_067_mirtes.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através do seu titular a Senhora Prefeita Milena Karen Tavares Nogueira, construção de uma PRAÇA COM ACADEMIA DE MUSCULAÇÃO AO AR LIVRE na Rua Teotônio Martins de Figueiredo, no local onde anteriormente existia uma praça (com televisão, que foi removida).</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_068_juninho_da_farmacia.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a implantação de um Laboratório Municipal de Análises Clínicas no município de Monte Horebe.</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_069_juninho_da_farmacia.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, solicitando que o Poder Executivo adote as providências necessárias para realizar concurso público destinado ao preenchimento de cargos efetivos no quadro de servidores da Prefeitura Municipal de Monte Horebe</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/275/requerimento_070_cabo_sula.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, a concessão do Título de Cidadã Horebense à ilustre Senhora SIMONE FERREIRA DE FRANÇA.</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_072_edigley.docx</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_072_edigley.docx</t>
+  </si>
+  <si>
+    <t>Na sua justificativa do Edil do Partido PSB, a presente solicitação se faz necessário, pois, a Senhora VALERIA LOPES ARAÚJO, natural de outra localidade, mas com raízes e dedicação profundamente estabelecidas em Monte Horebe, é uma profissional de destaque na área da saúde</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a criação do Plano de Cargo, Carreira e Remuneração (PCCR) da Secretaria de Desenvolvimento Social de Monte Horebe/PB.</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, a concessão da mais alta honraria municipal o Título de Cidadão Horebense  ao Dr. Idelbrando, pelos inestimáveis e dedicados serviços prestados ao município de Monte Horebe..</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_076_junior.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, a concessão da mais alta honraria municipal o Título de Cidadão Horebense ao SR. CRISTIANO BRAZ GOMES, pelos inestimáveis e dedicados serviços prestados ao município de Monte Horebe..</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a aquisição ou a disponibilização imediata de um ônibus com características de conforto, incluindo ar-condicionado e cadeiras confortáveis, para uso exclusivo no transporte dos alunos atendidos pelo Serviço de Convivência e Fortalecimento de Vínculo.</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_078_julhao.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Executivo, através da sua titular a Senhora Prefeita Milena Karen Tavares Nogueira, a reativação, recuperação e manutenção do Cemitério Público situado no Sítio Braga, no município de Monte Horebe – PB.</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, a concessão do Título de Cidadão Horebense ao ilustre Senhor CÍCERO FABIANO DA SILVA.</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_081_mirtes.docx</t>
+  </si>
+  <si>
+    <t>Reivindica do Poder Legislativo, através do seu Presidente e demais colegas Vereadores, que seja concedido o Título de Cidadã Horebense em favor da ilustre Senhora MARIA SANDRA CAVALCANTE PINHEIRO.</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>MOÇÃO</t>
+  </si>
+  <si>
+    <t>O Poder Legislativo do Município de Monte Horebe, Estado da Paraíba, por seus Vereadores, aglutina o pensamento e manifesta APLAUSO e reconhecimento ao Senhor WALACY DIOGO CARDOSO DIAS, por seu trabalho exemplar e dedicação como Coordenador do Serviço de Convivência e Fortalecimento de Vínculos (SCFV).</t>
+  </si>
+  <si>
     <t>213</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/213/porjeto_de_lei_09_junior.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a transmissão ao vivo das sessões ordinárias, extraordinárias, solenes e especiais da Câmara Municipal de Monte Horebe-PB no painel da Praça Francisco Pereira de Sousa (Francisco Nazário) e dá outras providências.”</t>
   </si>
   <si>
     <t>215</t>
-  </si>
-[...1 lines deleted...]
-    <t>CABO SULA</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/215/pl.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de Logradouros, Praças e Prédios Públicos no Município de Monte Horebe - Paraíba, que especifica e dá outras providências.”</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/222/porjeto_de_lei_10_junior.docx</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/231/porjeto_de_lei_11_mirtes.docx</t>
   </si>
   <si>
     <t>“Institui e inclui no calendário oficial do festival de inverno do município o evento Show Católico.”</t>
   </si>
   <si>
     <t>252</t>
   </si>
@@ -1135,56 +1419,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_municipal_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/198/projeto_de_lei_municipal_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_municipal_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_005-2025_-_revisao_anual_salarios.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_municipal_no_0062025-__dispoe_sobre_o_desmembramento_de_secretarias.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_municipal_no_0122025-__ldo_2026_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_municipal_no_0132025-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_municipal_no_0142025_-_cria_o_conselho_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_004_pedro.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_002_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_004_pedro.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_005_pedro.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_006_pedro.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_008_jefson.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_009_jefson.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_010_julhao.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_011_mirtes.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_012__junior.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_013_edigley.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_014_julhao.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_015__junior.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_016__junior.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_017__junior.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_018__junior.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_019_julhao.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_020jefson.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_021_jefson.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/232/requerimento_023_pedro.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/233/requerimento_024__junior.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento_026_julhao.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_027_edigley.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_28_edigley.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_029_mirtes.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_032_pedro.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_039_jefson.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_040_julhao.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_041_julhao.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_044_pedro.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_045_jefson.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_047_dalva.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_048_edigley.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_049_edigley.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_051_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/213/porjeto_de_lei_09_junior.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/215/pl.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/222/porjeto_de_lei_10_junior.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/231/porjeto_de_lei_11_mirtes.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no_015-2025_-_altera_pccr_da_camara_-_lei_399-2019_2.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/253/porjeto_de_lei_16_dalva.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/258/porjeto_de_lei_22_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/259/porjeto_de_lei_23_mirtes.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_municipal_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/198/projeto_de_lei_municipal_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_municipal_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_005-2025_-_revisao_anual_salarios.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_municipal_no_0062025-__dispoe_sobre_o_desmembramento_de_secretarias.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_municipal_no_0122025-__ldo_2026_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_municipal_no_0132025-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_municipal_no_0142025_-_cria_o_conselho_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_lei_municipal_no_0332025_-__assistente_de_alfabetizacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_municipal_no_035-_conselho_tutelar_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_de_lei_municipal_no_0362025_-_componente_de_qualidade_-_sh.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_004_pedro.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_002_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_004_pedro.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_005_pedro.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_006_pedro.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_008_jefson.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_009_jefson.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_010_julhao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_011_mirtes.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_012__junior.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_013_edigley.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_014_julhao.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_015__junior.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_016__junior.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_017__junior.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_018__junior.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_019_julhao.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_020jefson.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_021_jefson.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/232/requerimento_023_pedro.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/233/requerimento_024__junior.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento_026_julhao.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_027_edigley.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_28_edigley.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_029_mirtes.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_032_pedro.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_039_jefson.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_040_julhao.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_041_julhao.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_044_pedro.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_045_jefson.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_047_dalva.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_048_edigley.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_049_edigley.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_051_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_059_edigley.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_060_edigley.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_061_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_063_cabo_sula.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/269/requerimento_065_dalva.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_066_dalva.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_067_mirtes.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_068_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_069_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/275/requerimento_070_cabo_sula.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_072_edigley.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_072_edigley.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_076_junior.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_078_julhao.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_081_mirtes.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/213/porjeto_de_lei_09_junior.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/215/pl.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/222/porjeto_de_lei_10_junior.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/231/porjeto_de_lei_11_mirtes.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no_015-2025_-_altera_pccr_da_camara_-_lei_399-2019_2.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/253/porjeto_de_lei_16_dalva.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/258/porjeto_de_lei_22_juninho_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montehorebe.pb.leg.br/media/sapl/public/materialegislativa/2025/259/porjeto_de_lei_23_mirtes.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1476,1464 +1760,2114 @@
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15" t="s">
         <v>65</v>
-      </c>
-[...19 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
         <v>69</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E17" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F17" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E18" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H18" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E19" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F19" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E20" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H20" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E21" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D22" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E22" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F22" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E23" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>94</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" t="s">
         <v>95</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" t="s">
+      <c r="G24" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>40</v>
+      </c>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>95</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B25" t="s">
-[...14 lines deleted...]
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>102</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E26" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F26" t="s">
         <v>103</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H26" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>106</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E27" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F27" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H27" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E28" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E29" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F29" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>118</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E30" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F30" t="s">
-        <v>57</v>
+        <v>103</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H30" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>122</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E31" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F31" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H31" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>125</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>126</v>
       </c>
       <c r="D32" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E32" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H32" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>129</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>130</v>
       </c>
       <c r="D33" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E33" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F33" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H33" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>133</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>134</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E34" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F34" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H34" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E35" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F35" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="H35" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D36" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E36" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F36" t="s">
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="H36" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E37" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F37" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="G37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H37" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D38" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E38" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F38" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="H38" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>150</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>151</v>
       </c>
       <c r="D39" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E39" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F39" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>152</v>
       </c>
       <c r="H39" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>154</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>155</v>
       </c>
       <c r="D40" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E40" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F40" t="s">
-        <v>103</v>
+        <v>69</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H40" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>158</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>159</v>
       </c>
       <c r="D41" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E41" t="s">
-        <v>61</v>
+        <v>73</v>
+      </c>
+      <c r="F41" t="s">
+        <v>69</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>160</v>
       </c>
       <c r="H41" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>162</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>163</v>
       </c>
       <c r="D42" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E42" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F42" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>22</v>
+        <v>164</v>
       </c>
       <c r="H42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D43" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E43" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F43" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D44" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E44" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="H44" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D45" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E45" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F45" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D46" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E46" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F46" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>22</v>
+        <v>179</v>
       </c>
       <c r="H46" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>179</v>
+        <v>55</v>
       </c>
       <c r="D47" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E47" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F47" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H47" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D48" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E48" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F48" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H48" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="D49" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E49" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F49" t="s">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="H49" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>188</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
+        <v>63</v>
+      </c>
+      <c r="D50" t="s">
+        <v>72</v>
+      </c>
+      <c r="E50" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" t="s">
+        <v>115</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>189</v>
-      </c>
-[...13 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>191</v>
+      </c>
+      <c r="D51" t="s">
+        <v>72</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" t="s">
+        <v>95</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>193</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>194</v>
+      </c>
+      <c r="D52" t="s">
+        <v>72</v>
+      </c>
+      <c r="E52" t="s">
+        <v>73</v>
+      </c>
+      <c r="F52" t="s">
+        <v>95</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H52" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>197</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>198</v>
+      </c>
+      <c r="D53" t="s">
+        <v>72</v>
+      </c>
+      <c r="E53" t="s">
+        <v>73</v>
+      </c>
+      <c r="F53" t="s">
+        <v>103</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H53" t="s">
         <v>200</v>
-      </c>
-[...19 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>201</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>202</v>
+      </c>
+      <c r="D54" t="s">
+        <v>72</v>
+      </c>
+      <c r="E54" t="s">
+        <v>73</v>
+      </c>
+      <c r="F54" t="s">
+        <v>103</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H54" t="s">
         <v>204</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>205</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>206</v>
+      </c>
+      <c r="D55" t="s">
+        <v>72</v>
+      </c>
+      <c r="E55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F55" t="s">
+        <v>74</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="H55" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>209</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>210</v>
+      </c>
+      <c r="D56" t="s">
+        <v>72</v>
+      </c>
+      <c r="E56" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" t="s">
+        <v>95</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H56" t="s">
         <v>212</v>
-      </c>
-[...19 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D57" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="E57" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="F57" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>218</v>
+        <v>22</v>
       </c>
       <c r="H57" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>216</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>217</v>
+      </c>
+      <c r="D58" t="s">
+        <v>72</v>
+      </c>
+      <c r="E58" t="s">
+        <v>73</v>
+      </c>
+      <c r="F58" t="s">
+        <v>218</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H58" t="s">
         <v>220</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>221</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>222</v>
+      </c>
+      <c r="D59" t="s">
+        <v>72</v>
+      </c>
+      <c r="E59" t="s">
+        <v>73</v>
+      </c>
+      <c r="F59" t="s">
+        <v>115</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="H59" t="s">
         <v>224</v>
-      </c>
-[...13 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>225</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>226</v>
+      </c>
+      <c r="D60" t="s">
+        <v>72</v>
+      </c>
+      <c r="E60" t="s">
+        <v>73</v>
+      </c>
+      <c r="F60" t="s">
+        <v>115</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B60" t="s">
-[...8 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>229</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>230</v>
+      </c>
+      <c r="D61" t="s">
+        <v>72</v>
+      </c>
+      <c r="E61" t="s">
+        <v>73</v>
+      </c>
+      <c r="F61" t="s">
+        <v>115</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" t="s">
         <v>231</v>
-      </c>
-[...19 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>232</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>233</v>
+      </c>
+      <c r="D62" t="s">
+        <v>72</v>
+      </c>
+      <c r="E62" t="s">
+        <v>73</v>
+      </c>
+      <c r="F62" t="s">
+        <v>78</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H62" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>236</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>237</v>
       </c>
-      <c r="B63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="E63" t="s">
-        <v>228</v>
+        <v>73</v>
       </c>
       <c r="F63" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>238</v>
       </c>
       <c r="H63" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>240</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>110</v>
+        <v>241</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="E64" t="s">
-        <v>228</v>
+        <v>73</v>
+      </c>
+      <c r="F64" t="s">
+        <v>115</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H64" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>114</v>
+        <v>245</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="E65" t="s">
-        <v>228</v>
+        <v>73</v>
       </c>
       <c r="F65" t="s">
-        <v>209</v>
+        <v>78</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>137</v>
+        <v>249</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="E66" t="s">
-        <v>228</v>
+        <v>73</v>
       </c>
       <c r="F66" t="s">
-        <v>66</v>
+        <v>250</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>247</v>
+        <v>22</v>
       </c>
       <c r="H66" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>139</v>
+        <v>253</v>
       </c>
       <c r="D67" t="s">
+        <v>72</v>
+      </c>
+      <c r="E67" t="s">
+        <v>73</v>
+      </c>
+      <c r="F67" t="s">
+        <v>250</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H67" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>256</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>257</v>
+      </c>
+      <c r="D68" t="s">
+        <v>72</v>
+      </c>
+      <c r="E68" t="s">
+        <v>73</v>
+      </c>
+      <c r="F68" t="s">
+        <v>218</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>259</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>260</v>
+      </c>
+      <c r="D69" t="s">
+        <v>72</v>
+      </c>
+      <c r="E69" t="s">
+        <v>73</v>
+      </c>
+      <c r="F69" t="s">
+        <v>218</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H69" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>263</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>264</v>
+      </c>
+      <c r="D70" t="s">
+        <v>72</v>
+      </c>
+      <c r="E70" t="s">
+        <v>73</v>
+      </c>
+      <c r="F70" t="s">
+        <v>218</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H70" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>267</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>268</v>
+      </c>
+      <c r="D71" t="s">
+        <v>72</v>
+      </c>
+      <c r="E71" t="s">
+        <v>73</v>
+      </c>
+      <c r="F71" t="s">
+        <v>108</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H71" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>271</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>272</v>
+      </c>
+      <c r="D72" t="s">
+        <v>72</v>
+      </c>
+      <c r="E72" t="s">
+        <v>73</v>
+      </c>
+      <c r="F72" t="s">
+        <v>78</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H72" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>275</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>276</v>
+      </c>
+      <c r="D73" t="s">
+        <v>72</v>
+      </c>
+      <c r="E73" t="s">
+        <v>73</v>
+      </c>
+      <c r="F73" t="s">
+        <v>78</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H73" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>279</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>280</v>
+      </c>
+      <c r="D74" t="s">
+        <v>72</v>
+      </c>
+      <c r="E74" t="s">
+        <v>73</v>
+      </c>
+      <c r="F74" t="s">
+        <v>250</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H74" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>283</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" t="s">
+        <v>72</v>
+      </c>
+      <c r="E75" t="s">
+        <v>73</v>
+      </c>
+      <c r="F75" t="s">
+        <v>250</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H75" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>286</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>287</v>
+      </c>
+      <c r="D76" t="s">
+        <v>72</v>
+      </c>
+      <c r="E76" t="s">
+        <v>73</v>
+      </c>
+      <c r="F76" t="s">
+        <v>115</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H76" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>290</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>291</v>
+      </c>
+      <c r="D77" t="s">
+        <v>72</v>
+      </c>
+      <c r="E77" t="s">
+        <v>73</v>
+      </c>
+      <c r="F77" t="s">
+        <v>69</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>293</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>294</v>
+      </c>
+      <c r="D78" t="s">
+        <v>72</v>
+      </c>
+      <c r="E78" t="s">
+        <v>73</v>
+      </c>
+      <c r="F78" t="s">
+        <v>69</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>296</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>297</v>
+      </c>
+      <c r="D79" t="s">
+        <v>72</v>
+      </c>
+      <c r="E79" t="s">
+        <v>73</v>
+      </c>
+      <c r="F79" t="s">
+        <v>69</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H79" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>300</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>301</v>
+      </c>
+      <c r="D80" t="s">
+        <v>72</v>
+      </c>
+      <c r="E80" t="s">
+        <v>73</v>
+      </c>
+      <c r="F80" t="s">
+        <v>74</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>303</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>304</v>
+      </c>
+      <c r="D81" t="s">
+        <v>72</v>
+      </c>
+      <c r="E81" t="s">
+        <v>73</v>
+      </c>
+      <c r="F81" t="s">
+        <v>103</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H81" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>307</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>308</v>
+      </c>
+      <c r="D82" t="s">
+        <v>72</v>
+      </c>
+      <c r="E82" t="s">
+        <v>73</v>
+      </c>
+      <c r="F82" t="s">
+        <v>115</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>310</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>311</v>
+      </c>
+      <c r="D83" t="s">
+        <v>72</v>
+      </c>
+      <c r="E83" t="s">
+        <v>73</v>
+      </c>
+      <c r="F83" t="s">
+        <v>108</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H83" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>314</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" t="s">
+        <v>315</v>
+      </c>
+      <c r="E84" t="s">
+        <v>316</v>
+      </c>
+      <c r="F84" t="s">
+        <v>74</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>318</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>10</v>
+      </c>
+      <c r="D85" t="s">
         <v>11</v>
       </c>
-      <c r="E67" t="s">
-[...5 lines deleted...]
-      <c r="G67" s="1" t="s">
+      <c r="E85" t="s">
+        <v>319</v>
+      </c>
+      <c r="F85" t="s">
+        <v>69</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H85" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>322</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>94</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>319</v>
+      </c>
+      <c r="F86" t="s">
         <v>250</v>
       </c>
-      <c r="H67" t="s">
-        <v>234</v>
+      <c r="G86" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H86" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>325</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>102</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>319</v>
+      </c>
+      <c r="F87" t="s">
+        <v>69</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H87" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>327</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>107</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>319</v>
+      </c>
+      <c r="F88" t="s">
+        <v>108</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H88" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>330</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>122</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>319</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H89" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>333</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>126</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>319</v>
+      </c>
+      <c r="F90" t="s">
+        <v>218</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H90" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>336</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>149</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>319</v>
+      </c>
+      <c r="F91" t="s">
+        <v>78</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H91" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>339</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>151</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>319</v>
+      </c>
+      <c r="F92" t="s">
+        <v>108</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H92" t="s">
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2960,50 +3894,75 @@
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>